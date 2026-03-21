--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -885,56 +885,72 @@
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
           <t xml:space="preserve">it's the weight of product excluding weight of packaging or additional material</t>
         </r>
       </text>
     </comment>
     <comment ref="BB1" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
           <t xml:space="preserve">Currency of the transaction</t>
         </r>
       </text>
     </comment>
+    <comment ref="BC1" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <rFont val="Calibri"/>
+            <b val="false"/>
+            <i val="false"/>
+            <strike val="false"/>
+            <color rgb="FF000000"/>
+            <sz val="11"/>
+            <u val="none"/>
+          </rPr>
+          <t xml:space="preserve">Mandatory only for Polish companies in Poland.</t>
+        </r>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>DIGITAL SERVICE</t>
   </si>
   <si>
     <t>DEEMED SUPPLIER</t>
   </si>
   <si>
     <t>IMPORTER</t>
   </si>
   <si>
     <t>POSTPONED IMPORT VAT</t>
   </si>
   <si>
     <t>CHANNEL ID</t>
   </si>
   <si>
     <t>INVOICE NUMBER</t>
   </si>
   <si>
     <t>TRANSACTION ID</t>
   </si>
   <si>
@@ -1052,50 +1068,53 @@
     <t>ITEM VAT RATE</t>
   </si>
   <si>
     <t>ITEM GROSS UNIT PRICE</t>
   </si>
   <si>
     <t>ITEM SHIPPING PRICE</t>
   </si>
   <si>
     <t>ITEM DISCOUNT</t>
   </si>
   <si>
     <t>ITEM SHIPPING DISCOUNT</t>
   </si>
   <si>
     <t>PRODUCT NET PURCHASE VALUE</t>
   </si>
   <si>
     <t>COMMODITY CODE</t>
   </si>
   <si>
     <t>NET WEIGHT</t>
   </si>
   <si>
     <t>ORIGINAL CURRENCY</t>
+  </si>
+  <si>
+    <t>KSEF NUMBER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1422,59 +1441,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BB1"/>
+  <dimension ref="A1:BC1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="BB1" sqref="BB1:BB1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:54">
+    <row r="1" spans="1:55">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1592,50 +1611,53 @@
         <v>45</v>
       </c>
       <c r="AU1" t="s">
         <v>46</v>
       </c>
       <c r="AV1" t="s">
         <v>47</v>
       </c>
       <c r="AW1" t="s">
         <v>48</v>
       </c>
       <c r="AX1" t="s">
         <v>49</v>
       </c>
       <c r="AY1" t="s">
         <v>50</v>
       </c>
       <c r="AZ1" t="s">
         <v>51</v>
       </c>
       <c r="BA1" t="s">
         <v>52</v>
       </c>
       <c r="BB1" t="s">
         <v>53</v>
+      </c>
+      <c r="BC1" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <conditionalFormatting sqref="A1:A1048576">
     <cfRule type="notContainsBlanks" dxfId="0" priority="1">
       <formula>LEN(TRIM(A1:A1048576))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B1:B1048576">
     <cfRule type="notContainsBlanks" dxfId="0" priority="2">
       <formula>LEN(TRIM(B1:B1048576))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F1:F1048576">
     <cfRule type="notContainsBlanks" dxfId="0" priority="3">
       <formula>LEN(TRIM(F1:F1048576))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G1:G1048576">
     <cfRule type="notContainsBlanks" dxfId="0" priority="4">
       <formula>LEN(TRIM(G1:G1048576))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I1:I1048576">